--- v0 (2025-10-14)
+++ v1 (2026-02-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="20539DF5" w14:textId="4C7F9F52" w:rsidR="00E8702B" w:rsidRPr="00772798" w:rsidRDefault="00E8702B" w:rsidP="00D92540">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00772798">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bruce B. Siegal</w:t>
       </w:r>
       <w:r w:rsidR="00000A5C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -67,120 +67,196 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00000A5C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00000A5C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DD8FAF" w14:textId="77777777" w:rsidR="00437FEB" w:rsidRDefault="00437FEB" w:rsidP="00D92540">
-[...8 lines deleted...]
-          <w:u w:val="none"/>
+    <w:p w14:paraId="42DF9652" w14:textId="77777777" w:rsidR="00E8702B" w:rsidRDefault="00E8702B" w:rsidP="00D92540">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8702B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1271 Edmund Park Drive</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92540">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> || </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8702B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atlanta, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Georgia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8702B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>30306</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92540">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> || </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8702B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8702B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>217-4912</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1696AB39" w14:textId="317BFB1A" w:rsidR="009F5B09" w:rsidRDefault="00000000" w:rsidP="00D92540">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00963F6C">
+        <w:r w:rsidR="00E8702B" w:rsidRPr="00FD5580">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>bsiegal6@gatech.edu</w:t>
+          <w:t>brucebsiegal@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+      <w:r w:rsidR="00D92540">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00FD5580">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">|| </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5580" w:rsidRPr="00FD5580">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>linkedin.com/in/bruce-siegal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D335E9C" w14:textId="035D62B3" w:rsidR="00D92540" w:rsidRDefault="00D92540" w:rsidP="00D92540">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="26C1434A" w14:textId="77777777" w:rsidR="00D92540" w:rsidRDefault="00D92540" w:rsidP="00D92540">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F3F45B2" w14:textId="77777777" w:rsidR="009F5B09" w:rsidRPr="00DF40CB" w:rsidRDefault="009F5B09" w:rsidP="00D92540">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -705,69 +781,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8702B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Me</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">mber of Intellectual Property and Entertainment, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and Media Departments.</w:t>
+        <w:t>mber of Intellectual Property and Entertainment, Sports and Media Departments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E78B308" w14:textId="46775844" w:rsidR="008F7AA1" w:rsidRDefault="008F7AA1" w:rsidP="008F7AA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004543D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Represent clients in matters related to brand protection and licensing, intellectual property, sports and entertainment and a variety of corporate issues. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B820E74" w14:textId="77777777" w:rsidR="00516B9A" w:rsidRDefault="00516B9A" w:rsidP="00516B9A">
@@ -985,69 +1043,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8702B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Me</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">mber of Intellectual Property and Entertainment, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and Media Departments.</w:t>
+        <w:t>mber of Intellectual Property and Entertainment, Sports and Media Departments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0016042C" w14:textId="08DB65A9" w:rsidR="008F0B83" w:rsidRDefault="0004543D" w:rsidP="00487864">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004543D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Represent</w:t>
       </w:r>
       <w:r w:rsidR="008F7AA1">
         <w:rPr>
@@ -1584,51 +1624,50 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C297219" w14:textId="77777777" w:rsidR="00E8702B" w:rsidRPr="008B19A8" w:rsidRDefault="008B19A8" w:rsidP="00D92540">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B19A8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>General Business:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D0AF848" w14:textId="77777777" w:rsidR="00E8702B" w:rsidRPr="00E8702B" w:rsidRDefault="00E8702B" w:rsidP="00D92540">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8702B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Established and managed legal department of dynamic start-up collegiate licensing agency.</w:t>
       </w:r>
     </w:p>
@@ -2923,51 +2962,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F016F5C" w14:textId="77777777" w:rsidR="008B19A8" w:rsidRPr="008B19A8" w:rsidRDefault="008B19A8" w:rsidP="00D92540">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B19A8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SELECTED PUBLICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F50483B" w14:textId="347B91FE" w:rsidR="00B36115" w:rsidRPr="00B36115" w:rsidRDefault="00B36115" w:rsidP="009C329E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">“Nearly Half of the Country Allows NIL Deals at the High School Level – Why it Should Matter to Colleges and Universities,” </w:t>
       </w:r>
       <w:r>
@@ -3476,146 +3514,146 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002C6A97" w:rsidRPr="00D92540" w:rsidSect="00F50EC3">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="77DFFF64" w14:textId="77777777" w:rsidR="007D354D" w:rsidRDefault="007D354D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="56F362E6" w14:textId="77777777" w:rsidR="007D354D" w:rsidRDefault="007D354D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F691762" w14:textId="77777777" w:rsidR="007D354D" w:rsidRDefault="007D354D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5ED3A42F" w14:textId="77777777" w:rsidR="007D354D" w:rsidRDefault="007D354D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="239EBE70" w14:textId="5E3320FB" w:rsidR="00F50EC3" w:rsidRDefault="00F50EC3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="44842F9D" w14:textId="138C29F1" w:rsidR="00F50EC3" w:rsidRDefault="00772798" w:rsidP="00F50EC3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00772798">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Bruce B. Siegal</w:t>
     </w:r>
     <w:r w:rsidR="00F50EC3" w:rsidRPr="00F50EC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
@@ -3670,74 +3708,74 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1E23809D" w14:textId="77777777" w:rsidR="00F50EC3" w:rsidRPr="00F50EC3" w:rsidRDefault="00F50EC3" w:rsidP="00F50EC3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3B19392A" w14:textId="74C25490" w:rsidR="00F50EC3" w:rsidRPr="00F50EC3" w:rsidRDefault="00F50EC3" w:rsidP="00F50EC3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F50EC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B235367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B386ACC4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4430,124 +4468,118 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="366106062">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="461535620">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="301733102">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="374550978">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1809471357">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="422841446">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F50EC3"/>
     <w:rsid w:val="00000A5C"/>
     <w:rsid w:val="00035D4A"/>
     <w:rsid w:val="0004543D"/>
     <w:rsid w:val="000537C8"/>
     <w:rsid w:val="00064FB2"/>
-    <w:rsid w:val="0008528C"/>
     <w:rsid w:val="000D0B74"/>
     <w:rsid w:val="000E7D6D"/>
     <w:rsid w:val="00136650"/>
     <w:rsid w:val="001B0C3C"/>
     <w:rsid w:val="00241206"/>
     <w:rsid w:val="002A0903"/>
     <w:rsid w:val="002C6A97"/>
     <w:rsid w:val="002E044F"/>
     <w:rsid w:val="00325689"/>
     <w:rsid w:val="00331928"/>
     <w:rsid w:val="003A26E1"/>
     <w:rsid w:val="003C09FF"/>
     <w:rsid w:val="003E259A"/>
     <w:rsid w:val="003F45FA"/>
     <w:rsid w:val="0043789D"/>
-    <w:rsid w:val="00437FEB"/>
-    <w:rsid w:val="004520EF"/>
     <w:rsid w:val="00464A11"/>
     <w:rsid w:val="00464F62"/>
     <w:rsid w:val="004A6717"/>
     <w:rsid w:val="004B1589"/>
     <w:rsid w:val="00516B9A"/>
     <w:rsid w:val="00541045"/>
     <w:rsid w:val="005656B5"/>
     <w:rsid w:val="005702DF"/>
     <w:rsid w:val="00591112"/>
-    <w:rsid w:val="005C6951"/>
     <w:rsid w:val="005E7213"/>
     <w:rsid w:val="006643C6"/>
     <w:rsid w:val="0066790E"/>
     <w:rsid w:val="00692DCE"/>
     <w:rsid w:val="006E607E"/>
     <w:rsid w:val="007030FA"/>
     <w:rsid w:val="00723011"/>
     <w:rsid w:val="007351ED"/>
     <w:rsid w:val="00736F00"/>
     <w:rsid w:val="00756902"/>
     <w:rsid w:val="00772798"/>
     <w:rsid w:val="007A1E27"/>
     <w:rsid w:val="007D354D"/>
-    <w:rsid w:val="007D65C6"/>
     <w:rsid w:val="007F71EA"/>
     <w:rsid w:val="00817CAB"/>
     <w:rsid w:val="008353ED"/>
     <w:rsid w:val="00891AC9"/>
     <w:rsid w:val="00892E3F"/>
     <w:rsid w:val="008A5320"/>
     <w:rsid w:val="008B0881"/>
     <w:rsid w:val="008B19A8"/>
     <w:rsid w:val="008C477E"/>
     <w:rsid w:val="008F0B83"/>
     <w:rsid w:val="008F7AA1"/>
     <w:rsid w:val="00990F20"/>
     <w:rsid w:val="009A0AB0"/>
     <w:rsid w:val="009C329E"/>
     <w:rsid w:val="009F2B11"/>
     <w:rsid w:val="009F5B09"/>
     <w:rsid w:val="00A46C8A"/>
     <w:rsid w:val="00A70AFD"/>
     <w:rsid w:val="00A92088"/>
     <w:rsid w:val="00A94911"/>
     <w:rsid w:val="00A94CE5"/>
     <w:rsid w:val="00AE4D7C"/>
     <w:rsid w:val="00B15CEF"/>
     <w:rsid w:val="00B36115"/>
     <w:rsid w:val="00BE3492"/>
@@ -4581,51 +4613,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="04D0B1F3"/>
   <w15:docId w15:val="{B248EFBF-322E-4576-AA23-1C020ADCE96A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5066,101 +5098,89 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD5580"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00516B9A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1244797346">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2065058781">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bsiegal6@gatech.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brucebsiegal@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5409,75 +5429,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>990</Words>
-  <Characters>6572</Characters>
+  <Words>1140</Words>
+  <Characters>6499</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7547</CharactersWithSpaces>
+  <CharactersWithSpaces>7624</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6422610</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:brucebsiegal@gmail.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>